--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ebfb1f10b54153" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1897e523051b45cc98d48fb75255ae5d.psmdcp" Id="R6b205f4030a4469e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a168f39bd9746bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9e75096adf844e8abb377fd9a9fb13e.psmdcp" Id="Rb05a25caa44448ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-8" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raace0da311ea499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c79e0b9ba249e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Отдельные показатели (сгруппированные по величине активов), характеризующие деятельность кредитных организаций на рынке ипотечного жилищного кредитования</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t>Наименование показателя</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>Группы кредитных организаций, ранжированных по величине активов (по убыванию) по состоянию на 01.01.2011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">