--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a168f39bd9746bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9e75096adf844e8abb377fd9a9fb13e.psmdcp" Id="Rb05a25caa44448ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb69dfb01cd49d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/193be5f92f384385950c4da6a3dab9f2.psmdcp" Id="Rb5a39290aae64fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-8" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c79e0b9ba249e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd0edf50ceaf45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Отдельные показатели (сгруппированные по величине активов), характеризующие деятельность кредитных организаций на рынке ипотечного жилищного кредитования</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t>Наименование показателя</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>Группы кредитных организаций, ранжированных по величине активов (по убыванию) по состоянию на 01.01.2011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">