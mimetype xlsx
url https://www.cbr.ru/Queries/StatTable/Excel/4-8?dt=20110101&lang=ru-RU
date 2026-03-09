--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb69dfb01cd49d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/193be5f92f384385950c4da6a3dab9f2.psmdcp" Id="Rb5a39290aae64fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f365a25592d4365" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2307fda1759464bbb42111679b31373.psmdcp" Id="R83dbd4f7507d405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-8" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd0edf50ceaf45e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c587285bcd4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Отдельные показатели (сгруппированные по величине активов), характеризующие деятельность кредитных организаций на рынке ипотечного жилищного кредитования</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t>Наименование показателя</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>Группы кредитных организаций, ранжированных по величине активов (по убыванию) по состоянию на 01.01.2011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">