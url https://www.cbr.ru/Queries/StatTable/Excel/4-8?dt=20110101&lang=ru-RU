--- v3 (2026-03-09)
+++ v4 (2026-03-09)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f365a25592d4365" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2307fda1759464bbb42111679b31373.psmdcp" Id="R83dbd4f7507d405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a84e0ef72dc4bb5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71f2d5d789244445b3276d90b856b8df.psmdcp" Id="R3b35f0be25554d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-8" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c587285bcd4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600af1add4714d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Отдельные показатели (сгруппированные по величине активов), характеризующие деятельность кредитных организаций на рынке ипотечного жилищного кредитования</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t>Наименование показателя</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>Группы кредитных организаций, ранжированных по величине активов (по убыванию) по состоянию на 01.01.2011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">