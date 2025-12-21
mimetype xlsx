--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ac3cf28a73453a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/009460bcc11a4fb5b0f28b3ad9d30107.psmdcp" Id="R0a1e1c3201b64210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf662c407c2894d5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f28a2307996d454bbaaa3edfe7fb35f8.psmdcp" Id="Rcff26e5bfc334779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd0ee4bfe45497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf825abc20b84d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.04.2014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">