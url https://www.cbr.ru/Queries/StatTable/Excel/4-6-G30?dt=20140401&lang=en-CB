--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf662c407c2894d5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f28a2307996d454bbaaa3edfe7fb35f8.psmdcp" Id="Rcff26e5bfc334779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd7cb8f4bbae4314" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf78e56a1d5142c2b8b2b37138f1979d.psmdcp" Id="R66670980e8564393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf825abc20b84d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5b4ff24a72461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.04.2014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">