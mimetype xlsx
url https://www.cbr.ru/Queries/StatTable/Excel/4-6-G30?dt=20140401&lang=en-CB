--- v2 (2025-12-21)
+++ v3 (2026-02-06)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd7cb8f4bbae4314" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf78e56a1d5142c2b8b2b37138f1979d.psmdcp" Id="R66670980e8564393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97ca0e5140e24d75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68e78205cf964e16973f6c4a871c2174.psmdcp" Id="Rbd78d10cff7f4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5b4ff24a72461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e72eb4a02624ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.04.2014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">