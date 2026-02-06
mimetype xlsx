--- v3 (2026-02-06)
+++ v4 (2026-02-06)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97ca0e5140e24d75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68e78205cf964e16973f6c4a871c2174.psmdcp" Id="Rbd78d10cff7f4cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd4b3de43a24fa4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/274c427bc4c04c0896179b14fc99a1f6.psmdcp" Id="R1e6cd3e078494838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e72eb4a02624ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3de8d37fd78d489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.04.2014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">