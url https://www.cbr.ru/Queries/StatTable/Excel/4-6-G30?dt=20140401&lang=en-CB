--- v4 (2026-02-06)
+++ v5 (2026-03-24)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd4b3de43a24fa4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/274c427bc4c04c0896179b14fc99a1f6.psmdcp" Id="R1e6cd3e078494838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71eb937e929a411a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0dbb124a46844009663605e772eb9f0.psmdcp" Id="R0615b4dae11f4b1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3de8d37fd78d489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4371d5a600b4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.04.2014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">