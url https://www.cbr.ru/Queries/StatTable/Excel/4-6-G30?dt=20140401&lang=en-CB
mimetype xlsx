--- v5 (2026-03-24)
+++ v6 (2026-03-24)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71eb937e929a411a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0dbb124a46844009663605e772eb9f0.psmdcp" Id="R0615b4dae11f4b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22375215700648b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/755f1d3b46264a1c87d987debe8e49d9.psmdcp" Id="Rdd2b697e040147e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4371d5a600b4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6025ff4b10f34332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.04.2014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">