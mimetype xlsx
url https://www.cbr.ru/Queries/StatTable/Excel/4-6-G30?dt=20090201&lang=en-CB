--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2103f142bb714c4a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5bfb7230a3a4e80bf0dc73f337ba2f8.psmdcp" Id="Re1353217e29f45ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8195b344864541d9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fec750041be4947ab911dc3379671c3.psmdcp" Id="Rad48fd87c56f4119" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42723a5ee6a4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5032687671a54d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.02.2009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">