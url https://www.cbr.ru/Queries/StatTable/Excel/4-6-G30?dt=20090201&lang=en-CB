--- v1 (2025-12-21)
+++ v2 (2025-12-21)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8195b344864541d9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fec750041be4947ab911dc3379671c3.psmdcp" Id="Rad48fd87c56f4119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f3a57c5e7a4851" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ec30cc72c5f425899a8088f95fb27bd.psmdcp" Id="R9eebcfc8ed6540a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5032687671a54d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a5bb8741894f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.02.2009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">