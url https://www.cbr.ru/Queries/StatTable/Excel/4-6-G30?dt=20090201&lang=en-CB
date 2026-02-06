--- v2 (2025-12-21)
+++ v3 (2026-02-06)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f3a57c5e7a4851" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ec30cc72c5f425899a8088f95fb27bd.psmdcp" Id="R9eebcfc8ed6540a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2213205e844cea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fad5033cc8bd4af281d76b1109d3dfc0.psmdcp" Id="R76b9478e04e542d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a5bb8741894f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R327ea55134684430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.02.2009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">