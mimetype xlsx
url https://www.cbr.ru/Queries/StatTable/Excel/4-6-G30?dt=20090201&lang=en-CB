--- v3 (2026-02-06)
+++ v4 (2026-02-06)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2213205e844cea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fad5033cc8bd4af281d76b1109d3dfc0.psmdcp" Id="R76b9478e04e542d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e04ac1b465f44fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/275f02c823ea40958550e5ad26591868.psmdcp" Id="R8c5f5883c14e45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R327ea55134684430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f51bf4926f4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.02.2009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">