--- v4 (2026-02-06)
+++ v5 (2026-03-24)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e04ac1b465f44fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/275f02c823ea40958550e5ad26591868.psmdcp" Id="R8c5f5883c14e45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2e8799e6344e9d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51a25e089283499a97765f1b9007a5bf.psmdcp" Id="R3c785a6ca94b498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f51bf4926f4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc501f097cd4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.02.2009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">