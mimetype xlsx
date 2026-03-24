--- v5 (2026-03-24)
+++ v6 (2026-03-24)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2e8799e6344e9d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51a25e089283499a97765f1b9007a5bf.psmdcp" Id="R3c785a6ca94b498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3515bb902d04a5b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7282cf71c2fe4224a815a7c1a3a52008.psmdcp" Id="Rf42112d733cf41ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="4-6-G30" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -61,51 +61,51 @@
   <x:borders>
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc501f097cd4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5554e6e5bde40b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Selected Indicators on Ruble-Denominated Loans Extended by 30 Largest Banks to Individuals</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B3" s="4" t="inlineStr">
         <x:is>
           <x:t>01.02.2009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">